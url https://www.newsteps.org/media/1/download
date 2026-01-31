--- v0 (2025-10-06)
+++ v1 (2026-01-31)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7F982379" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Memorandum of Understanding</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A95D75D" w14:textId="77777777" w:rsidR="00A84B73" w:rsidRPr="000A5723" w:rsidRDefault="00760B3A" w:rsidP="000A5723">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -70,51 +70,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A84B73" w:rsidRPr="000A5723" w:rsidSect="00A13587">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1620" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regarding the NewSTEPs Data Repository</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3173CEBF" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="000A5723">
+    <w:p w14:paraId="3173CEBF" w14:textId="5BC101A9" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="000A5723">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This Memorandum of Understanding (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Memorandum</w:t>
@@ -126,51 +126,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">”) is entered into as of </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Date of MOU"/>
           <w:tag w:val="Use dropdown calendar to select the date of the MOU"/>
           <w:id w:val="1875887024"/>
           <w:placeholder>
             <w:docPart w:val="F308827BBA414EA195DD783471E4E74C"/>
           </w:placeholder>
           <w15:color w:val="800080"/>
           <w:date>
             <w:dateFormat w:val="MMMM d, yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008643FE">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[+++Use the dropdown calendar to select the desired date+++]</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> by and between the Association of Public Health Laboratories, Inc. (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -179,51 +178,50 @@
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">”), a nonprofit corporation organized under the laws of the District of Columbia, and </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="TEXT BOX - Name of NBS Program"/>
           <w:tag w:val="Retype the full name of the state;'s NBS program here"/>
           <w:id w:val="1597205902"/>
           <w:placeholder>
             <w:docPart w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
           </w:placeholder>
           <w15:color w:val="FF6600"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00113704">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidR="00113704">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>***</w:t>
           </w:r>
           <w:r w:rsidR="003B5FEC">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">Type in the full </w:t>
           </w:r>
@@ -231,133 +229,91 @@
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>name of the state’s NBS program ***</w:t>
           </w:r>
           <w:r w:rsidRPr="00113704">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>]</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
+      <w:r w:rsidR="00387C12">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>State NBS Program</w:t>
+        <w:t>NBS Program</w:t>
       </w:r>
       <w:r w:rsidR="003B5FEC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">”), </w:t>
-[...66 lines deleted...]
-      </w:sdt>
+        <w:t>”),</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3914">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an executive agency, statutory or governmental program</w:t>
+      </w:r>
+      <w:r w:rsidR="005E18C7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3914">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administrative unit</w:t>
+      </w:r>
       <w:r w:rsidR="003B5FEC">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="State or Territory"/>
           <w:tag w:val="Select apprpropriate state or territory from dropdown menu"/>
@@ -404,103 +360,118 @@
             <w:listItem w:displayText="State of North Carolina" w:value="State of North Carolina"/>
             <w:listItem w:displayText="State of North Dakota" w:value="State of North Dakota"/>
             <w:listItem w:displayText="State of Ohio" w:value="State of Ohio"/>
             <w:listItem w:displayText="State of Oklahoma" w:value="State of Oklahoma"/>
             <w:listItem w:displayText="State of Oregon" w:value="State of Oregon"/>
             <w:listItem w:displayText="Commonwealth of Pennsylvania" w:value="Commonwealth of Pennsylvania"/>
             <w:listItem w:displayText="State of Rhode Island" w:value="State of Rhode Island"/>
             <w:listItem w:displayText="State of South Carolina" w:value="State of South Carolina"/>
             <w:listItem w:displayText="State of South Dakota" w:value="State of South Dakota"/>
             <w:listItem w:displayText="State of Tennessee" w:value="State of Tennessee"/>
             <w:listItem w:displayText="State of Texas" w:value="State of Texas"/>
             <w:listItem w:displayText="State of Utah" w:value="State of Utah"/>
             <w:listItem w:displayText="State of Vermont" w:value="State of Vermont"/>
             <w:listItem w:displayText="Commonwealth of Virginia" w:value="Commonwealth of Virginia"/>
             <w:listItem w:displayText="State of Washington" w:value="State of Washington"/>
             <w:listItem w:displayText="State of West Virginia" w:value="State of West Virginia"/>
             <w:listItem w:displayText="State of Wisconsin" w:value="State of Wisconsin"/>
             <w:listItem w:displayText="State of Wyoming" w:value="State of Wyoming"/>
             <w:listItem w:displayText="Territory of American Samoa" w:value="Territory of American Samoa"/>
             <w:listItem w:displayText="Territory of Guam" w:value="Territory of Guam"/>
             <w:listItem w:displayText="Commonwealth of Northern Marianas Islands" w:value="Commonwealth of Northern Marianas Islands"/>
             <w:listItem w:displayText="Commonwealth of Puerto Rico" w:value="Commonwealth of Puerto Rico"/>
             <w:listItem w:displayText="US Virgin Islands" w:value="US Virgin Islands"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E23156">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[+++Select state from drowdown menu+++]</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
+      <w:r w:rsidR="004813B3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>State</w:t>
-[...7 lines deleted...]
-        <w:t>”). APHL and the State NBS Program are collectively referred to in this Memorandum as the “</w:t>
+        <w:t>Jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”). APHL and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are collectively referred to in this Memorandum as the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Parties</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>”, and individually referred to as a “</w:t>
+        <w:t>” and individually referred to as a “</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Party</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CF458F" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -539,109 +510,143 @@
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APHL works to safeguard the public’s health by strengthening public health laboratories in the Unit</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed States and across the world.</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> In collaboration with members, APHL advances laboratory systems and practices, and promotes policies that support healthy communities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E23785" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="04E23785" w14:textId="74C6F505" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The State NBS Program is responsible for the analysis, interpretation, and follow-up of the newborn screening (“</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible for the analysis, interpretation, and follow-up of the newborn screening (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NBS</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”) bloodspot samples and point of care tests collected within the State as part of the State’s NBS and for the transmittal of the results as required under law</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7578AD93" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="7578AD93" w14:textId="550DDC7A" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Under Grant Number U22MC24078  (CFDA# 93.110) (the “</w:t>
+        <w:t>Under Grant Number U22MC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24078  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CFDA# 93.110) (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Cooperative Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”) from the Health Resources and Services Administration (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -673,240 +678,345 @@
         <w:t>”), APHL administers the Newborn Screening Technical assistance and Evaluation Program (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NewSTEPs</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”).</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This program seeks to provide leadership on the implementation of state-based public health newborn screening and other genetics programs (as appropriate) through technical assistance, resource development, state education and training, policy initiatives, disorder surveillance, evidence-based data collection, evaluation, and collaborative efforts with stakeholders, including federal and non-federal </w:t>
+        <w:t xml:space="preserve"> This program seeks to provide leadership on the implementation of public health newborn screening and other genetics programs (as appropriate) through technical assistance, resource development, education and training, policy initiatives, disorder surveillance, evidence-based data collection, evaluation, and collaborative efforts with </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>partners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including federal and non-federal </w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">partners. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A key feature of the program is the NewSTEPs data repository (the “</w:t>
+        <w:t>A key feature of the program is the NewSTEPs data</w:t>
+      </w:r>
+      <w:r w:rsidR="005C773A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>repository (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Data Repository</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>”) which is a centralized and secure database that is designed to allow state NBS programs to explore data to meet local program needs.</w:t>
+        <w:t xml:space="preserve">”) which is a centralized and secure database that is designed to allow </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s to explore data to meet local program needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A7CC73" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="31A7CC73" w14:textId="0CD12373" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The data being collected through the Data Repository have been deemed Non-Human Subject Research by both the Colorado Institutional Review Board (“</w:t>
+        <w:t>The data being collected through the Data Repository have been deemed Non-Human Subject Research by</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5E40">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HHS’ Office of Human Research Protection (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>COMIRB</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>OHRP</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">”). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0D5B2EEC" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="0D5B2EEC" w14:textId="0FD0162E" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>The State NBS Program will share the selected NBS data with APHL through the Data Repository program, and APHL will provide the State NBS Program with related services, as set out more fully in this Memorandum</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will share the selected NBS data with APHL through the Data Repository, and APHL will provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with related services, as set out more fully in this Memorandum</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E23D0B9" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="7E23D0B9" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00E646D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
-[...12 lines deleted...]
-        <w:t>Accordingly, the Parties enter into this Memorandum to work together to:</w:t>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Accordingly, the Parties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this Memorandum to work together </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0B43DD" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
+    <w:p w14:paraId="3F0B43DD" w14:textId="23A4CB68" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Establish the framework in which the State NBS Program will share elements of its NBS data with the Data Repository; and</w:t>
+        <w:t xml:space="preserve">Establish the framework in which the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will share elements of its NBS data with the Data Repository; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E375C76" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identify each Party’s roles and responsibilities with respect to the Data Repository.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE2F948" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
@@ -916,869 +1026,1873 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>NBS Data Collection.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A81ED89" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="4A81ED89" w14:textId="4D8F7C86" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The State NBS Program will submit or update, and APHL will collect, the following information and data as part of the Data Repository:</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will submit or update, and APHL will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>collect,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following information and data as part of the Data Repository:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75828B51" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
+    <w:p w14:paraId="75828B51" w14:textId="37D7F718" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00EA6490" w:rsidP="00361708">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00113704">
-[...5 lines deleted...]
-        <w:t>State profile information, including disorders screened, newborn screening fees, annual births, program contact information, and dried blood spot storage conditions and retention time;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rofile </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information, including disorders screened, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6762">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">newborn screening fees, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6762">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program structure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6762">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact information,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6762">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> advisory committee, IT support, and HIT elements. </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C278781" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
+    <w:p w14:paraId="2C278781" w14:textId="759185FF" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De-identified baby-level data for individual cases identified on </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Exhibit B</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00892435" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attached to this Memorandum, for the core Recommended Uniform Screening Panel (RUSP) NBS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>disorders;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="03863B0E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
+    <w:p w14:paraId="03863B0E" w14:textId="1A17B317" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00134A44" w:rsidP="00361708">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00113704">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00113704">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uality </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicators identified on </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Exhibit C</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> attached to this Memorandum; and </w:t>
+        <w:t xml:space="preserve">Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00892435" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attached to this Memorandum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F943DBC" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00361708">
-[...22 lines deleted...]
-    <w:p w14:paraId="0511313D" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="0511313D" w14:textId="3A9C0C3E" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The data reported by each state will not contain sufficient information to render the individual baby-level data identifiable by APHL or its contractors. Further, no identifiers will be released from states to APHL at any time in the future</w:t>
+        <w:t xml:space="preserve">The data reported by each state will not contain sufficient information to render the individual baby-level data identifiable by APHL or its contractors. Further, no identifiers will be released from </w:t>
+      </w:r>
+      <w:r w:rsidR="004813B3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBS </w:t>
+      </w:r>
+      <w:r w:rsidR="004813B3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program (or from any other newborn screening program in the country) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to APHL at any time in the future</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9A9FC3" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69EFFB4A" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="69EFFB4A" w14:textId="0F8E720E" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The State NBS Program will have the option to stop entering data into the Data Repository at any time, and may request retroactive withdrawal of any State data previously entered into the Data Repository by submitting a written notice to APHL requestin</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have the option to stop entering data into the Data Repository at any time and may request retroactive withdrawal of any </w:t>
+      </w:r>
+      <w:r w:rsidR="004813B3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBS Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data previously </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Data Repository by submitting a written notice to APHL requestin</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">g this retroactive withdrawal. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">APHL will use its best efforts to retroactively withdrawal the State data from the Data Repository within 30 days of its receipt of the written request (for clarification, APHL will be unable to withdrawal State data included in any publication that was issued prior to the date APHL received the withdrawal request nor will APHL be able to remove any State data from information shared with HRSA prior to its receipt of the withdrawal request). </w:t>
+        <w:t xml:space="preserve">APHL will use its best efforts to retroactively withdrawal the </w:t>
+      </w:r>
+      <w:r w:rsidR="004813B3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBS </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data from the Data Repository within 30 days of its receipt of the written request (for clarification, APHL will be unable to withdrawal </w:t>
+      </w:r>
+      <w:r w:rsidR="004813B3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">data included in any publication that was issued prior to the date APHL received the withdrawal request nor will APHL be able to remove any </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data from information shared with HRSA prior to its receipt of the withdrawal request). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36884509" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Access</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to Data</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CD4D7A" w14:textId="21EFE8AC" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one individual to serve in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administrator (the “</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Administrator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”) role (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, the individual who will manage all users</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00340C61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This individual will have the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">C. </w:t>
-[...9 lines deleted...]
-        <w:t>Access to Data</w:t>
+        <w:t xml:space="preserve">ability to create </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-level user profiles and to view and edit the rights gra</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-level users. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must notify APHL of any change to the individual identified as the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administrator in writing. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Any change will be effective no more than 30 days after APHL’s receipt of a change request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732207AD" w14:textId="6413F433" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-level users identified by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whose profiles will be administered by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administrator, will have the capacity to enter, edit and read </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="001455CC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  own</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42BE3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42BE3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality indicators, as well as having the ability to edit the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profile information. These users will not have acc</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ess to data from other </w:t>
+      </w:r>
+      <w:r w:rsidR="0071490C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instead, the users and </w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00654C14" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administrator will only be able to see aggregate, blinded data from other participating NBS programs. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24CD4D7A" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="7B8D6730" w14:textId="6C8C40C9" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The State NBS Program will identify one individual to serve in the state administrator (the “</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00113704">
+        <w:t xml:space="preserve">APHL’s NewSTEPs program staff will be able to access all data, including data from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to develop aggregate state, </w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regional and national reports. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All data reports will be produced to be used for quality improvement efforts within </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The data will not be reported to APHL in a manner that would allow identification of an individual infant</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABC99A4" w14:textId="66BA3A28" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Public access will be limited to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00630886">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00630886" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340C61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and other participating NBS program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profiles, o</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n the </w:t>
+      </w:r>
+      <w:r w:rsidR="00363534">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NewSTEPs</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website</w:t>
+      </w:r>
+      <w:r w:rsidR="00340C61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (currently available at </w:t>
+      </w:r>
+      <w:r w:rsidR="00340C61" w:rsidRPr="00340C61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>https://www.newsteps.org/data-center/state-profiles</w:t>
+      </w:r>
+      <w:r w:rsidR="00340C61">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Third parties may request more detailed access to the information in the Data Repository through an online </w:t>
+      </w:r>
+      <w:r w:rsidR="00363534">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>data request form</w:t>
+      </w:r>
+      <w:r w:rsidR="00363534" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and such requests will be evaluated by APHL’s NewSTEPs program staff and the NewSTEPs Steering Committee, which are and will be comprised of members of the NBS community, as discussed below in Section F (Data Sharing).</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305F1680" w14:textId="2AF58EB1" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00BF4C9B" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A summary of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the various user roles within the Data Repository </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is available </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>State Administrator</w:t>
-[...242 lines deleted...]
-      <w:r w:rsidRPr="00113704">
+        <w:t xml:space="preserve">Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Exhibit D</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00113704">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00760B3A" w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEEF1F5" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">D. </w:t>
-      </w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Data Security and Privacy. </w:t>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security and Privacy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC52C74" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="4BC52C74" w14:textId="70133597" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">APHL solicited bids from third parties to serve as the information technology vendor to the NewSTEPs Data Repository and selected </w:t>
-[...7 lines deleted...]
-        <w:t>Insomniac Design</w:t>
+        <w:t>APHL solicit</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bids from third parties to serve as the information technology vendor to the Data Repository</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to serve in this capacity. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">APHL and </w:t>
       </w:r>
-      <w:r w:rsidR="00CB038C">
-[...5 lines deleted...]
-        <w:t>Insomniac Design</w:t>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the selected vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> have a formal contract in place which includes provisions regarding </w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>data security and data privacy.</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Under this contract, </w:t>
       </w:r>
-      <w:r w:rsidR="00CB038C">
-[...5 lines deleted...]
-        <w:t>Insomniac Design</w:t>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the selected vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will host the Data Repository application on a server that has a secure physical location and will have limi</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ted physical and </w:t>
+        <w:t xml:space="preserve">ted physical and remote access. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Data Repository web interface will be made available through web browsers via 128-bit secure socket layer (SSL) encryption to ensure data security. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66473FEC" w14:textId="49FE25CA" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For case reporting, the Data Repository web application will require </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7459F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">case manager </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>users to input dates of birth and dates that screening services were perform</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">ed under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APHL, through </w:t>
+      </w:r>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the selected vendor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, will ensure that this information will be collected </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the browser for the purpose of calculating differences in dates (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the number of days elapsed</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between birth and screening). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only the birth year will be stored in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C9B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Repository </w:t>
+      </w:r>
+      <w:r w:rsidR="003C518C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">remote access. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">The Data Repository web interface will be made available through web browsers via 128-bit secure socket layer (SSL) encryption to ensure data security. </w:t>
+        <w:t>database</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; the day and month of birth and the dates of NBS screening services will not be stored in the Data Reposit</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ory.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A more detailed description of the technical details of these calculations is provided in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66473FEC" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="27895E98" w14:textId="59502054" w:rsidR="002172D1" w:rsidRDefault="002172D1" w:rsidP="002871D2">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For case reporting, the Data Repository web application will require State-level users to input dates of birth and dates that screening services were perform</w:t>
-[...114 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Actual date differences and de-identified information from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be shared with APHL’s NewSTEPs program staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No parties involved in NewSTEPs – whether APHL staff or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the selected vendor (or any replacement third party) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>staff – will have access to records that would allow re-identification of newborns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566C1C25" w14:textId="77777777" w:rsidR="00AA2DB3" w:rsidRPr="00113704" w:rsidRDefault="00AF1AAB" w:rsidP="00AA2DB3">
+    <w:p w14:paraId="566C1C25" w14:textId="02C74504" w:rsidR="00AA2DB3" w:rsidRPr="00113704" w:rsidRDefault="00AF1AAB" w:rsidP="00AA2DB3">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AA2DB3" w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PHL will have </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
@@ -1829,51 +2943,69 @@
         </w:rPr>
         <w:t>bid</w:t>
       </w:r>
       <w:r w:rsidR="00AA2DB3" w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00647F25">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>solicitations</w:t>
       </w:r>
       <w:r w:rsidR="00C61319">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in order to procure</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C61319">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C61319">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> future</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C61319">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hosting services for </w:t>
       </w:r>
@@ -1965,115 +3097,117 @@
         </w:rPr>
         <w:t xml:space="preserve"> protections</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C61319">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any competitive bidding process held by APHL would be an open competition, where any qualified third party</w:t>
       </w:r>
       <w:r w:rsidR="00C61319" w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – including </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C61319">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">would be able to submit a bid for full consideration. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AF109D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PHL might </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">use this process prior to the expiration of APHL’s contract with </w:t>
       </w:r>
-      <w:r w:rsidR="00CB038C">
-[...5 lines deleted...]
-        <w:t>Insomniac Design</w:t>
+      <w:r w:rsidR="00B536CD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the current vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, in connection with a renewal of the Cooperative Agreement or as needed to comply with </w:t>
+        <w:t xml:space="preserve">, in connection with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF1AAB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a renewal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF1AAB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Cooperative Agreement or as needed to comply with </w:t>
       </w:r>
       <w:r w:rsidR="005D77A6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">legal and regulatory requirements. APHL will publicly </w:t>
       </w:r>
       <w:r w:rsidR="00AF109D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>announce</w:t>
       </w:r>
@@ -2124,470 +3258,663 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. APHL will also announce the names of the winning bidder(s) on that site</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1AAB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C80A85D" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="3EC7A0FF" w14:textId="1DB150A6" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Services to </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B782CBC" w14:textId="7075B678" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Actual date differences and de-identified information from the State NBS Program will be shared with APHL’s NewSTEPs program staff</w:t>
+        <w:t xml:space="preserve">As discussed in Section C of this Memorandum, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have access to its own data in the Data Repository and will also have access to aggregate data from oth</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">er participating NBS programs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APHL will ensure that the Data Repository is set up in such a way as to allow the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to generate standardized reports and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4111">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dashboards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Data Repository while maintaining the confidentiality of all </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C9B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBS </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6752">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6752" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>entering data into the system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C58D076" w14:textId="296FD626" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APHL will provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04ACA">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> free</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C04ACA">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007827E1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interactive dashboards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be able to customize by reasonable request to APHL</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
-[...29 lines deleted...]
-        <w:t>staff – will have access to records that would allow re-identification of newborns.</w:t>
+      <w:r w:rsidR="007827E1" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="007827E1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ese</w:t>
+      </w:r>
+      <w:r w:rsidR="007827E1" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007827E1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online dashboards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will include graphics and charts for quality improvement purposes and will be prepared with data summaries at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4C9B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jurisdictional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, regional, and national levels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC7A0FF" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...24 lines deleted...]
-        <w:t>Services to State NBS Program.</w:t>
+    <w:p w14:paraId="16420022" w14:textId="1E0C416D" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APHL will also provide no-cost technical assistance through NewSTEPs to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> upon reasonable request</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Parties will establish the details and parameters of any technical assistance prior to the start of any work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B782CBC" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...102 lines deleted...]
-    <w:p w14:paraId="7D0BD3D7" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="49CAE7D9" w14:textId="2878257C" w:rsidR="00760B3A" w:rsidRPr="004C523A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F.</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Data Sharing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CAE7D9" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> from each state with the Newborn Screening Clearinghouse, the Newborn Screening Translational Research Network and  the National Coordinating Center  for the Regional Genetic Service Collaborative each a federally funded NBS program</w:t>
+    <w:p w14:paraId="082D5CB5" w14:textId="62A5C11D" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Any data sharing request from a third party of information that is not publically available will be channeled through APHL’s governance structure</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In no event will APHL share state-level quality indicator data or case data with other partners</w:t>
+        <w:t xml:space="preserve">APHL anticipates that each data sharing request from a third party will be directed to </w:t>
+      </w:r>
+      <w:r w:rsidR="001979DF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the NewSTEPs Steering Committee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formed with state representation specifically to look at all such data sharing requests</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>Any data sharing request from a third party of information that is not publically available will be channeled through APHL’s governance structure</w:t>
+        <w:t xml:space="preserve">APHL will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> best efforts to ensure that all requests will follow the same process and will be subject to detailed review</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">APHL anticipates that each data sharing request from a third party will be directed to an APHL </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">APHL will also ensure that approval from any state newborn screening program whose data would be released as part of a data sharing request is obtained prior to any release of such data. </w:t>
+        <w:t xml:space="preserve">APHL will also ensure that approval from any </w:t>
+      </w:r>
+      <w:r w:rsidR="00223E3B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Newborn Screening Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whose data would be released as part of a data sharing request is obtained prior to any release of such data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4A3C4F" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">G. </w:t>
-      </w:r>
+        <w:t>G</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Data Ownership.</w:t>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ownership.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF87126" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>APHL will own the data entered into the Data Repository</w:t>
+        <w:t xml:space="preserve">APHL will own the data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Data Repository</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Under the terms of the Cooperative Agreement, APHL must grant a nonexclusive, royalty-free, irrevocable license to HRSA for use of the data in the Date Repository for federal purposes</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2595,981 +3922,1282 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In the event the Cooperative Agreement is not renewed, HRSA will have the explicit right to request that APHL turn over the Data Repository and its ownership interests in the Data Repository to HRSA or its designee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F199F76" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00A04DF1">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">H. </w:t>
-      </w:r>
+        <w:t>H</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Term of Memorandum</w:t>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Memorandum</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450757FF" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00A04DF1">
+    <w:p w14:paraId="450757FF" w14:textId="28512D0F" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00A04DF1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This Memorandum will become effective upon the date of signature by the State NBS Program and will continue in effect until terminated by either Party with 60 days’ advanced written notice to the other Party</w:t>
+        <w:t xml:space="preserve">This Memorandum will become effective upon the date of signature by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will continue in effect until terminated by either Party with 60 days’ advanced written notice to the other Party</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any termination will not affect the completion of those activities that are in progress and the rights and obligations arising from these activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C79B4B" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">I. </w:t>
-      </w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Modification. </w:t>
+        <w:t>Modification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159D54EE" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This Memorandum may only be modified or amended by written agreement by the authorized signatories of both Parties</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCFE947" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>J</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Assignment. </w:t>
+        <w:t>Assignment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7635392F" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Neither Party shall, without the prior written consent of the other Party, assignor transfer, totally or partially, its rights and obligations under this Memorandum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72DFAB98" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">K. </w:t>
-      </w:r>
+        <w:t>K</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Nature. </w:t>
+        <w:t>Nature</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C6D93D" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nothing in this Memorandum shall be construed as creating a partnership or agency between the Parties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C88A5BE" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">L. </w:t>
+        <w:t>L</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notices</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114B46CA" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Any notice required or permitted by this Memorandum must be given by an express/overnight delivery service to the other Party at the address designated below, or to such other address as may be designated in writing by such other Party. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4-Accent1"/>
+        <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4681"/>
         <w:gridCol w:w="4669"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00760B3A" w:rsidRPr="00113704" w14:paraId="45716ED3" w14:textId="77777777" w:rsidTr="00501EF7">
+      <w:tr w:rsidR="00760B3A" w:rsidRPr="00113704" w14:paraId="45716ED3" w14:textId="77777777" w:rsidTr="00BF4C9B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4788" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FE761EB" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00113704">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>APHL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AA42021" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="3AA42021" w14:textId="0BEE56B8" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00387C12">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113704">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>State NBS Program</w:t>
+              <w:t>NBS Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00760B3A" w:rsidRPr="00113704" w14:paraId="596E09D5" w14:textId="77777777" w:rsidTr="00A04DF1">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00760B3A" w:rsidRPr="00113704" w14:paraId="596E09D5" w14:textId="77777777" w:rsidTr="00BF4C9B">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4788" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BB57084" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00003DAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jelili Ojodu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AAA45F4" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00003DAA">
+          <w:p w14:paraId="6AAA45F4" w14:textId="79FE67DD" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="000C5B98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">Senior </w:t>
+            </w:r>
+            <w:r w:rsidR="00003DAA">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Director, Newborn Screening and Genetics</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="214A7EDB" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="214A7EDB" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="004133D5" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008643FE">
+            <w:r w:rsidRPr="004133D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>APHL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41F14989" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="41F14989" w14:textId="0E265BF1" w:rsidR="00760B3A" w:rsidRPr="004133D5" w:rsidRDefault="00FF17AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008643FE">
+            <w:r w:rsidRPr="004133D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>8515 Georgia Avenue, Suite 700</w:t>
+              <w:t>7700 Wisconsin</w:t>
+            </w:r>
+            <w:r w:rsidR="00760B3A" w:rsidRPr="004133D5">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Avenue, Suite </w:t>
+            </w:r>
+            <w:r w:rsidR="0099204A" w:rsidRPr="004133D5">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="609EEC87" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="609EEC87" w14:textId="09699F4B" w:rsidR="00760B3A" w:rsidRPr="004133D5" w:rsidRDefault="0099204A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008643FE">
+            <w:r w:rsidRPr="004133D5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Silver Spring, MD 20910</w:t>
+              <w:t>Bethesda</w:t>
+            </w:r>
+            <w:r w:rsidR="00760B3A" w:rsidRPr="004133D5">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, MD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004133D5">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>20814</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE4D620" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00003DAA" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00003DAA">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>T: 240.485.27</w:t>
+              <w:t>T:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00003DAA">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 240.485.27</w:t>
             </w:r>
             <w:r w:rsidR="00003DAA" w:rsidRPr="00003DAA">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24F776B9" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00003DAA" w:rsidRDefault="00760B3A">
-[...20 lines deleted...]
-          <w:p w14:paraId="44925CAA" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00003DAA" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="24F776B9" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00741273" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00003DAA">
+            <w:r w:rsidRPr="00741273">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>E:</w:t>
+              <w:t>F: 240.485.2700</w:t>
             </w:r>
-            <w:r w:rsidR="00003DAA" w:rsidRPr="00003DAA">
+          </w:p>
+          <w:p w14:paraId="44925CAA" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00741273" w:rsidRDefault="00760B3A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741273">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>E:</w:t>
+            </w:r>
+            <w:r w:rsidR="00003DAA" w:rsidRPr="00741273">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:hyperlink>
             <w:r w:rsidR="00003DAA">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00003DAA" w:rsidRPr="00741273">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "mailto:jelili.ojodu@aphl.org"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00003DAA">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00003DAA" w:rsidRPr="00741273">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>jelili.ojodu@aphl.org</w:t>
+            </w:r>
+            <w:r w:rsidR="00003DAA">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00003DAA" w:rsidRPr="00741273">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DF9CE35" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00003DAA" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="3DF9CE35" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00741273" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3368A909" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008643FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>With a copy to:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="512999AE" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43F99921" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00677863">
+          <w:p w14:paraId="43F99921" w14:textId="5E69264D" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00677863">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008643FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>General</w:t>
             </w:r>
             <w:r w:rsidR="00760B3A" w:rsidRPr="008643FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Counsel</w:t>
             </w:r>
             <w:r w:rsidRPr="008643FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Legal Department</w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="00FF17AC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">and Managing Director, </w:t>
+            </w:r>
             <w:r w:rsidRPr="008643FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>APHL</w:t>
+              <w:t xml:space="preserve">Legal </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF17AC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>&amp; Compliance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F29A867" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="59745690" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="0097051D" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008643FE">
+            <w:r w:rsidRPr="0097051D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>8515 Georgia Avenue, Suite 700</w:t>
+              <w:t>APHL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C2E6C4E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="008643FE" w:rsidRDefault="00760B3A">
+          <w:p w14:paraId="5F29A867" w14:textId="7440851D" w:rsidR="00760B3A" w:rsidRPr="0097051D" w:rsidRDefault="0099204A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008643FE">
+            <w:r w:rsidRPr="0097051D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Silver Spring, MD 20910</w:t>
+              <w:t>7700 Wisconsin</w:t>
+            </w:r>
+            <w:r w:rsidR="00760B3A" w:rsidRPr="0097051D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Avenue, Suite </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0097051D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C2E6C4E" w14:textId="6F5E21FD" w:rsidR="00760B3A" w:rsidRPr="0097051D" w:rsidRDefault="0099204A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0097051D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Bethesda</w:t>
+            </w:r>
+            <w:r w:rsidR="00760B3A" w:rsidRPr="0097051D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, MD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0097051D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>20814</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BFDD3F5" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00CE6660" w:rsidRDefault="00760B3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE6660">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>T: 240.485.27</w:t>
+              <w:t>T:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE6660">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 240.485.27</w:t>
             </w:r>
             <w:r w:rsidR="00677863" w:rsidRPr="00CE6660">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53B96639" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00CE6660" w:rsidRDefault="00677863">
+          <w:p w14:paraId="53B96639" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00741273" w:rsidRDefault="00677863">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE6660">
+            <w:r w:rsidRPr="00741273">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>F: 240.485.2700</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE6660">
+            <w:r w:rsidRPr="00741273">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">E: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00CE6660">
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00741273">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "mailto:legal@aphl.org"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00741273">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>legal@aphl.org</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00741273">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="fr-FR"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-344553490"/>
               <w:placeholder>
                 <w:docPart w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:alias w:val="Notice Party for State NBS Program"/>
                   <w:tag w:val="Type in contact information for the state NBS program's notice party here"/>
                   <w:id w:val="-485087379"/>
                   <w:placeholder>
                     <w:docPart w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
                   </w:placeholder>
                   <w15:color w:val="FF6600"/>
                 </w:sdtPr>
-                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:p w14:paraId="0A937B3E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00D3637F">
                     <w:pPr>
-                      <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00113704">
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>[</w:t>
                     </w:r>
                     <w:r w:rsidR="00D3637F">
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>**Please provide name and title of contact for notices**</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00113704">
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>]</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="56EBA787" w14:textId="77777777" w:rsidR="00D3637F" w:rsidRDefault="00D3637F" w:rsidP="00D3637F">
                     <w:pPr>
-                      <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>[**Please provide overnight/express mail delivery address**]</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="2986D41D" w14:textId="77777777" w:rsidR="00D3637F" w:rsidRDefault="00D3637F" w:rsidP="00D3637F">
                     <w:pPr>
-                      <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
-                      <w:t>T: [**Please provide contact’s phone no.**]</w:t>
+                      <w:t xml:space="preserve">T: [**Please provide </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>contact’s</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> phone no.**]</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="34842FDB" w14:textId="77777777" w:rsidR="00D3637F" w:rsidRDefault="00D3637F" w:rsidP="00D3637F">
                     <w:pPr>
-                      <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>F: [**Please provide a fax number**]</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="4E2CBDCC" w14:textId="77777777" w:rsidR="00D3637F" w:rsidRDefault="00D3637F" w:rsidP="00D3637F">
                     <w:pPr>
-                      <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                      <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
-                      <w:t>E: [**Please provide contact’s email**]</w:t>
+                      <w:t xml:space="preserve">E: [**Please provide </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>contact’s</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> email**]</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="257A21C3" w14:textId="77777777" w:rsidR="00D3637F" w:rsidRPr="00113704" w:rsidRDefault="00D3637F" w:rsidP="00D3637F">
             <w:pPr>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D7C21F8" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E300F05" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -3577,140 +5205,185 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Notices may be delivered electronically or a physical hard copy</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Notices will be considered timely if such notices are received on or before the established deadline date as verifiable by a dated receipt from a commercial carrier or via a confirm or via dated electronic communication</w:t>
+        <w:t xml:space="preserve">Notices will be considered timely if such notices are received on or before the established deadline date as verifiable by a dated receipt from a commercial carrier or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>via a confirm</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or via dated electronic communication</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parties should request and obtain a dated receipt from a commercial carrier</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Private metered postmarks will not be acceptable as proof of timely mailing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BD0A42" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="033F5ED8" w14:textId="2FA222EB" w:rsidR="00BF4C9B" w:rsidRDefault="00760B3A" w:rsidP="00F51899">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Signatures on the following page)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033F5ED8" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...13 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7A226D61" w14:textId="77777777" w:rsidR="00BF4C9B" w:rsidRDefault="00BF4C9B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31264848" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="3E2514F7" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00F51899" w:rsidRDefault="00760B3A" w:rsidP="00F51899">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31264848" w14:textId="444AD1EE" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>It is with this Memorandum of Understanding that APHL and the state NBS program establish themselves as collaborative partners who will undertake efforts to solidify linkages between their organizations.</w:t>
+        <w:t xml:space="preserve">It is with this Memorandum of Understanding that APHL and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00387C12">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBS Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> establish themselves as collaborative partners who will undertake efforts to solidify linkages between their organizations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24AFB466" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3813,55 +5486,50 @@
     <w:p w14:paraId="314B06D5" w14:textId="77777777" w:rsidR="0017432A" w:rsidRPr="0017432A" w:rsidRDefault="0017432A" w:rsidP="0017432A">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="SignatureBlock"/>
           <w:caps/>
         </w:rPr>
         <w:alias w:val="State NBS Program - Signature Page"/>
         <w:tag w:val="Type in the full legal name of the state agency signing the MOU"/>
         <w:id w:val="-646672434"/>
         <w:placeholder>
           <w:docPart w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
         </w:placeholder>
         <w15:color w:val="FF6600"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="2651EFC7" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="0017432A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
           <w:pPr>
             <w:ind w:firstLine="720"/>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:b/>
               <w:caps/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0017432A">
             <w:rPr>
               <w:rStyle w:val="SignatureBlock"/>
               <w:caps/>
             </w:rPr>
             <w:t>[</w:t>
           </w:r>
           <w:r w:rsidR="00C065BE" w:rsidRPr="0017432A">
             <w:rPr>
               <w:rStyle w:val="SignatureBlock"/>
               <w:caps/>
             </w:rPr>
             <w:t>***TYPE IN THE FULL</w:t>
@@ -3998,187 +5666,80 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Title:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E69806E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3070FDE3" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="28AEC542" w14:textId="62BB3E00" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002148F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>EXHIBIT A</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">EXHIBIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...80 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...21 lines deleted...]
-        <w:t>EXHIBIT B</w:t>
+        <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D2321E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Baby-Level Data for Individual Cases</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D98B21" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:keepNext/>
@@ -4223,1073 +5784,1399 @@
     </w:p>
     <w:p w14:paraId="19F31006" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gestational age as reported with newborn screening essential information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBA8801" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="1CBA8801" w14:textId="17B924AA" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Race as reported with NBS essential information (may be reported as mother's race in some states)- </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">State-level users will be </w:t>
+        <w:t xml:space="preserve">users will be </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>allowed to select more than one response</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B004F54" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="3B004F54" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ethnicity as reported with NBS essential information (may be reported as mother's ethnicity in some states)</w:t>
+        <w:t>Ethnicity as reported with NBS essential information (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reported as mother's ethnicity in some states)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F00F80" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="1C60636C" w14:textId="542DEDA8" w:rsidR="00AF7399" w:rsidRPr="00113704" w:rsidRDefault="00AF7399" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Screening information including</w:t>
+      </w:r>
+      <w:r w:rsidR="00B925BE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the NBS result that indicated risk, prenatal testing, family history, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F00F80" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ages at the following, using Date of Birth to calculate age, but not storing Date of Birth or any other dates of service: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358F6E01" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="358F6E01" w14:textId="397879A6" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Date initial NBS was performed, date of initial specimen receipt by lab, date of release for initial specimen out-of-range results.</w:t>
+        <w:t xml:space="preserve">Date </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0476">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0476" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NBS was performed, date of </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0476">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0476" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specimen receipt by lab, date of release for </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0476">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specimen out-of-range results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A7BE14C" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date of subsequent NBS dried blood spot specimen was collected (mandatory second screen or second screen requested due to out of range first screen or unsatisfactory first screen), date of subsequent specimen receipt by lab, date of release for subsequent specimen out-of-range results.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7EFEA5" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="5D7EFEA5" w14:textId="3470D59E" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date of intervention by appropriate medical professional</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003704E4" w:rsidRPr="0035016C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00ED57A2" w:rsidRPr="0035016C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Definition for Medical Intervention and Diagnosis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED57A2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
+      <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Intervention by a medical professional may include changes in care per phone conversation. This does not include additional newborn screen NBS specimen collection</w:t>
-      </w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFBD834" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00C065BE" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
+    <w:p w14:paraId="6BFBD834" w14:textId="4477FFCC" w:rsidR="00760B3A" w:rsidRPr="0035016C" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date of Confirmation of diagnosis</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicates date newborn was determined to have the disorder indicated. </w:t>
       </w:r>
+      <w:r w:rsidR="00ED57A2" w:rsidRPr="0035016C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00ED57A2" w:rsidRPr="0035016C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Definition for Medical Intervention and Diagnosis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED57A2" w:rsidRPr="0035016C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="37A2420B" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00C065BE">
-      <w:pPr>
+    <w:p w14:paraId="61350877" w14:textId="431EF447" w:rsidR="0035016C" w:rsidRDefault="0035016C" w:rsidP="0035016C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00113704">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Treatment and care out-of-state</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA22ECF" w14:textId="59D44A6F" w:rsidR="0035016C" w:rsidRDefault="0035016C" w:rsidP="0035016C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diagnosis reversed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AA36E2" w14:textId="5A1F266C" w:rsidR="0035016C" w:rsidRPr="00C065BE" w:rsidRDefault="0035016C" w:rsidP="0035016C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Final diagnosis workup as determined by metabolic geneticist or clinician performing the follow-up</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CC8346" w14:textId="0552D3B5" w:rsidR="00C065BE" w:rsidRPr="00706A4F" w:rsidRDefault="00760B3A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The Data Repository will collect additional baby-level data specific to each disorder</w:t>
       </w:r>
+      <w:r w:rsidR="000C5B98">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relative to the confirmation of the disorder</w:t>
+      </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>This additional data will be requested for public health surveillance of each condition in order to categorize the certainty of each disorder across NBS programs</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00361708">
+        <w:t>This collected data will allow comparisons of the prevalence as detected by NBS</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5B98">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66CC8346" w14:textId="77777777" w:rsidR="00C065BE" w:rsidRDefault="00C065BE">
-[...16 lines deleted...]
-    <w:p w14:paraId="4ED5081E" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="4ED5081E" w14:textId="6245894F" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002148F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>EXHIBIT C</w:t>
+        <w:t xml:space="preserve">EXHIBIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>B</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA5521F" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quality Indicators</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4C4654" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="2A4C4654" w14:textId="422A7532" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Data Repository will collect the following quality indicator data:</w:t>
-[...443 lines deleted...]
-        <w:r w:rsidR="00003DAA" w:rsidRPr="004E2F7D">
+        <w:t xml:space="preserve">The Data Repository will collect </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F2C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quality indicator data in aggregate as </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF17AC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">currently </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F2C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>listed on the following website</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F2C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00CB5F2C" w:rsidRPr="004E2F7D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.newsteps.org/data-resources/quality-indicators</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="32621252" w14:textId="184F3860" w:rsidR="00694648" w:rsidRDefault="00694648" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="10FF7F78" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34C9CC87" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CB817C8" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D752B18" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="130336F3" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="2ACB1134" w14:textId="6A12351E" w:rsidR="00706A4F" w:rsidRDefault="00706A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578CA247" w14:textId="77777777" w:rsidR="005544A6" w:rsidRDefault="005544A6" w:rsidP="006B03B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121E7482" w14:textId="4C2E644F" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002148F1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXHIBIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00892435">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D5FCC3C" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="35685AB8" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>User Roles within the Data Repository</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F2B1055" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...135 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable1Light"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7076"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A755A" w14:paraId="4FC45393" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F92C34D" w14:textId="08226078" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="00760B3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NewSTEPs User Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5B25C1" w14:textId="0F34330F" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="00760B3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>User Role Descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="17E2E450" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31510E38" w14:textId="69E074B8" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>User</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9B3F95" w14:textId="5CC9BD95" w:rsidR="001A755A" w:rsidRDefault="001B5C6E" w:rsidP="008006EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="348"/>
+              </w:tabs>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Users can manage their own account </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>including,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> password, photo, and email address. All users have access to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008006EE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>resource library</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> and can view </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008006EE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NBS Program Profiles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008006EE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reports/dashboards</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5C6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="583AE2E9" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325EFF73" w14:textId="21E47C71" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Profile Data Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="017A9F38" w14:textId="75BF7CF9" w:rsidR="001A755A" w:rsidRDefault="001B5C6E" w:rsidP="008006EE">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Ability to view and edit </w:t>
+            </w:r>
+            <w:r w:rsidR="008006EE">
+              <w:t>own state/territorial NBS Program Profile.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="177A6C84" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4300E411" w14:textId="63D19EA5" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data Viewer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BBDB09" w14:textId="77777777" w:rsidR="001A755A" w:rsidRDefault="008006EE" w:rsidP="008006EE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data viewers can only view their state/territory data provided to NewSTEPs for:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035A34FB" w14:textId="77777777" w:rsidR="008006EE" w:rsidRDefault="008006EE" w:rsidP="008006EE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NBS Program Profiles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22164EB5" w14:textId="77777777" w:rsidR="008006EE" w:rsidRDefault="008006EE" w:rsidP="008006EE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Individual and aggregate case data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B24139F" w14:textId="77777777" w:rsidR="008006EE" w:rsidRDefault="008006EE" w:rsidP="008006EE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Annual and monthly Quality Indicator (QI) data and reports</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143A311A" w14:textId="494A3A19" w:rsidR="008006EE" w:rsidRPr="008006EE" w:rsidRDefault="008006EE" w:rsidP="008006EE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data viewers </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>are not able to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enter or edit data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="77E2ABD7" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="584D52B3" w14:textId="04B85DF8" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Case Data Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="296A8E52" w14:textId="2CF7E0CB" w:rsidR="001A755A" w:rsidRDefault="00977865" w:rsidP="008006EE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00977865">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Enter, edit, delete, and view their program’s individual and aggregate cases data using the webform or CSV import file.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="192E50F9" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D06B067" w14:textId="706FE4FA" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>QI Data Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AA6D43" w14:textId="6A0F00F6" w:rsidR="001A755A" w:rsidRDefault="00977865" w:rsidP="008006EE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00977865">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Enter, edit, delete, and view any Quality Indicator data, including annual and monthly data, for their assigned state/territory via the webform or CSV import file. Can view QI reports. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A755A" w14:paraId="293F15E1" w14:textId="77777777" w:rsidTr="00BF4C9B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2695" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D08E67" w14:textId="139BBA58" w:rsidR="001A755A" w:rsidRPr="001A755A" w:rsidRDefault="001A755A" w:rsidP="008006EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A755A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program Administrator </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F3CE53" w14:textId="72EC10E9" w:rsidR="001A755A" w:rsidRDefault="00977865" w:rsidP="008006EE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00977865">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Program Administrator has access to all data for their state/territory. Further, they can manage users within their state/territory, including adding or editing users, changing user access, and exporting users for their program. The Program Administrator can view, add, edit, and delete their program’s data.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="5D14FECF" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09804423" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18C2ACA3" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5300,146 +7187,167 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A91C8F1" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45D6B412" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="45D6B412" w14:textId="0B6F2750" w:rsidR="00760B3A" w:rsidRPr="002148F1" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002148F1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EXHIBIT E</w:t>
+        <w:t xml:space="preserve">EXHIBIT </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF17AC">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>D</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C6ED61" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Technical Specifications of Data Security Related to Date of Birth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628D9015" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="628D9015" w14:textId="5099C4E5" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">APHL works closely with </w:t>
       </w:r>
-      <w:r w:rsidR="00CB038C">
+      <w:r w:rsidR="00232C3E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Insomniac Design</w:t>
+        <w:t>the selected vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00694648">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(or, if applicable, a replacement third party identified by APHL through a public and competitive bid solicitation) </w:t>
-      </w:r>
+        <w:t xml:space="preserve">(identified by APHL through a public and competitive bid solicitation) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in order to ensure that data is secure</w:t>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure that data is secure</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Data Repository application is run on a server that is hosted in a secure physical location with strictly limited physical and remote access</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5449,1365 +7357,1007 @@
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The web application itself is available through web browsers via 128-bit secure socket layer (SSL) encryption</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Information in the web app has limited access – state profiles are available to the public, while more detailed data is limited by role-based access control (see section above)</w:t>
+        <w:t xml:space="preserve">Information in the web app has limited access –profiles are available to the public, while more detailed data is limited by role-based access control (see </w:t>
+      </w:r>
+      <w:r w:rsidR="00565828">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exhibit C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For case reporting, the Data Repository web application does require users to input dates of birth and dates of service, which are collected only in the browser for the purpose of calculating differences in dates (i.e., days elapsed between birth and screening) – aside from birth year, no date is stored in the system</w:t>
+        <w:t xml:space="preserve">For case reporting, the Data Repository web application does require users to input </w:t>
+      </w:r>
+      <w:r w:rsidR="00195CBD">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>birth date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and dates of service, which are collected only in the browser for the purpose of calculating differences in dates (i.e., days elapsed between birth and screening) – aside from birth year, no date is stored in the system</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Actual date differences, and de-identified information, will be shared with the APHL staff working on the NewSTEPs program</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">APHL anticipates that will have a supplemental coded information agreement with </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB038C">
+        <w:t>No parties involved in the project (</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BF6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Insomniac Design</w:t>
+        <w:t xml:space="preserve">neither </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">APHL staff nor </w:t>
+      </w:r>
+      <w:r w:rsidR="00232C3E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the selected vendor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>staff) have access to records that would allow re-identification of newborns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDD5A68" w14:textId="0557EF36" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specifically, for </w:t>
+      </w:r>
+      <w:r w:rsidR="00764C84">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>confirmed</w:t>
+      </w:r>
+      <w:r w:rsidR="00764C84" w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00694648">
-[...15 lines deleted...]
-        <w:t>which will be incorporated as part of its contract for services</w:t>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cases, </w:t>
+      </w:r>
+      <w:r w:rsidR="00764C84">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>case managers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6FB3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see Exhibit C)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be asked to enter specific dates in the Data Repository web interface </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> calculate the time elapsed between significant events in the newborn screening process</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:iCs/>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> staff) have access to records that would allow re-identification of newborns.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Data Repository will perform the calculations on behalf of the states </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure consistency across </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the cases entered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the states</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDD5A68" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="25E22D63" w14:textId="781DDACA" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Specifically, for positive cases, State-level users will be asked to enter specific dates in the Data Repository web interface in order to calculate the time elapsed between significant events in the newborn screening process</w:t>
+        <w:t xml:space="preserve">The elapsed time calculations will be performed on the users’ side using </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Javascript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> running in the user's web browser as the dates are entered into the form</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Data Repository will perform the calculations on behalf of the states in order to ensure consistency across all of the cases entered for all of the states</w:t>
+        <w:t xml:space="preserve">The data model and corresponding database schema used by the Data Repository are configured to track only the calculated elapsed times and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the specific dates</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When a </w:t>
+      </w:r>
+      <w:r w:rsidR="00205936">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>case manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submits the form after entering </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the case information, the calculated values are transmitted to the Data Repository server for storage in the appropriate location within the data model</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The dates, however, are not transmitted, nor are they saved, because there is not a dedicated place for them in the data model</w:t>
+      </w:r>
+      <w:r w:rsidR="00361708">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="25E22D63" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
+    <w:p w14:paraId="302FE007" w14:textId="7217AC86" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="000F16BB">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>The elapsed time calculations will be performed on the State-level users’ side using Javascript running in the user's web browser as the dates are entered into the form</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When a </w:t>
+      </w:r>
+      <w:r w:rsidR="00205936">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Case Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accesses a previously entered case for editing, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>it is clear that the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> previously entered dates have not been saved, because </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113704">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the date fields on the form do not have a value</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The data model and corresponding database schema used by the Data Repository are configured to track only the calculated elapsed times and </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> the specific dates</w:t>
+        <w:t>On the other hand, the previously calculated elapsed times are still shown</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00113704">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>When a State-level user submits the form after entering all of the case information, the calculated values are transmitted to the Data Repository server for storage in the appropriate location within the data model</w:t>
+        <w:t>If a user needs to update any of the elapsed times, he or she must have it be recalculated by reentering the corresponding dates</w:t>
       </w:r>
       <w:r w:rsidR="00361708">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00113704">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="70F3EE20" w14:textId="77777777" w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidRDefault="00760B3A" w:rsidP="00760B3A">
-[...623 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId21"/>
+    <w:sectPr w:rsidR="00760B3A" w:rsidRPr="00113704" w:rsidSect="00843BF6">
+      <w:headerReference w:type="default" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39230EFA" w14:textId="77777777" w:rsidR="004E78B3" w:rsidRDefault="004E78B3" w:rsidP="00A13587">
+    <w:p w14:paraId="7F592159" w14:textId="77777777" w:rsidR="00233218" w:rsidRDefault="00233218" w:rsidP="00A13587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23433D6A" w14:textId="77777777" w:rsidR="004E78B3" w:rsidRDefault="004E78B3" w:rsidP="00A13587">
+    <w:p w14:paraId="45784465" w14:textId="77777777" w:rsidR="00233218" w:rsidRDefault="00233218" w:rsidP="00A13587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2BD8510E" w14:textId="77777777" w:rsidR="00A13587" w:rsidRPr="002A5EDE" w:rsidRDefault="00A84B73">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BD8510E" w14:textId="0139BA74" w:rsidR="00A13587" w:rsidRPr="0045632F" w:rsidRDefault="00A84B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002A5EDE">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Arial"/>
-        <w:color w:val="569C9C"/>
         <w:w w:val="110"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Template Revision Date:</w:t>
     </w:r>
-    <w:r w:rsidR="00003DAA">
+    <w:r w:rsidR="00003DAA" w:rsidRPr="0045632F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Arial"/>
-        <w:color w:val="569C9C"/>
         <w:w w:val="110"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> March 22, 2023</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="0045632F">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Arial"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>January 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32F372BE" w14:textId="77777777" w:rsidR="004E78B3" w:rsidRDefault="004E78B3" w:rsidP="00A13587">
+    <w:p w14:paraId="0756AA0C" w14:textId="77777777" w:rsidR="00233218" w:rsidRDefault="00233218" w:rsidP="00A13587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61D9E7ED" w14:textId="77777777" w:rsidR="004E78B3" w:rsidRDefault="004E78B3" w:rsidP="00A13587">
+    <w:p w14:paraId="2B8AB866" w14:textId="77777777" w:rsidR="00233218" w:rsidRDefault="00233218" w:rsidP="00A13587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0CDF34AF" w14:textId="77777777" w:rsidR="00A13587" w:rsidRDefault="00A13587" w:rsidP="00A13587">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:ind w:left="-720"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="69F4D026" w14:textId="77777777" w:rsidR="00A13587" w:rsidRDefault="00A13587" w:rsidP="00A13587">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:ind w:left="-720"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="53C95264" w14:textId="77777777" w:rsidR="00A13587" w:rsidRDefault="00A13587" w:rsidP="00A13587">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D3D1758" wp14:editId="6BB5694D">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D3D1758" wp14:editId="7D86D62B">
+          <wp:extent cx="1754761" cy="731520"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="APHL_logo_Corrected"/>
+                  <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1159214" cy="800100"/>
+                    <a:ext cx="1754761" cy="731520"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D6AB67E" w14:textId="77777777" w:rsidR="00A13587" w:rsidRPr="00A84B73" w:rsidRDefault="00A13587" w:rsidP="00A13587">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34ED12C4" w14:textId="77777777" w:rsidR="00A84B73" w:rsidRDefault="00A84B73" w:rsidP="00A84B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="05F5B2F0" w14:textId="77777777" w:rsidR="00A84B73" w:rsidRPr="00A84B73" w:rsidRDefault="00A84B73" w:rsidP="00A84B73">
+  <w:p w14:paraId="05F5B2F0" w14:textId="1EB29496" w:rsidR="00A84B73" w:rsidRPr="0045632F" w:rsidRDefault="00D50BB6" w:rsidP="00A84B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A84B73">
-[...3 lines deleted...]
-      <w:t>NewSTEPS Data Repository MOU</w:t>
+    <w:r w:rsidRPr="0045632F">
+      <w:t>NewSTEP</w:t>
+    </w:r>
+    <w:r>
+      <w:t>s</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0045632F">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00A84B73" w:rsidRPr="0045632F">
+      <w:t>Data Repository MOU</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3DDE4A79" w14:textId="77777777" w:rsidR="00A84B73" w:rsidRPr="00A84B73" w:rsidRDefault="00A84B73" w:rsidP="00A84B73">
+  <w:p w14:paraId="3DDE4A79" w14:textId="77777777" w:rsidR="00A84B73" w:rsidRPr="0045632F" w:rsidRDefault="00A84B73" w:rsidP="00A84B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A84B73">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="0045632F">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B37872">
+    <w:r w:rsidR="00B37872" w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="0045632F">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B37872">
+    <w:r w:rsidR="00B37872" w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A84B73">
+    <w:r w:rsidRPr="0045632F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="008080" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61984A48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7ACC56C"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6878,50 +8428,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1D034A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCECD370"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B915835"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="671E64C4"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6990,51 +8653,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C134295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE06482C"/>
     <w:lvl w:ilvl="0" w:tplc="F3B88CEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B178C2F0">
       <w:start w:val="2596"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7129,51 +8792,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="800A880E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F553820"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80C47CF2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7246,175 +8909,314 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1015620546">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="326566505">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1536766822">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="30111155">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="30111155">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5" w16cid:durableId="919144951">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E78B3"/>
     <w:rsid w:val="00003DAA"/>
+    <w:rsid w:val="00004A2E"/>
     <w:rsid w:val="00020FEB"/>
+    <w:rsid w:val="00033818"/>
+    <w:rsid w:val="0004782B"/>
+    <w:rsid w:val="00054BE0"/>
+    <w:rsid w:val="0006097C"/>
     <w:rsid w:val="000A5723"/>
+    <w:rsid w:val="000A6266"/>
+    <w:rsid w:val="000B26BF"/>
+    <w:rsid w:val="000B6113"/>
+    <w:rsid w:val="000C5B98"/>
+    <w:rsid w:val="000C66F4"/>
+    <w:rsid w:val="000E31E0"/>
+    <w:rsid w:val="000F04E3"/>
+    <w:rsid w:val="000F16BB"/>
     <w:rsid w:val="000F46CB"/>
     <w:rsid w:val="00113704"/>
     <w:rsid w:val="00114E94"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="0012727F"/>
+    <w:rsid w:val="00133255"/>
+    <w:rsid w:val="00134A44"/>
+    <w:rsid w:val="001455CC"/>
     <w:rsid w:val="001535B1"/>
+    <w:rsid w:val="001739D6"/>
     <w:rsid w:val="0017432A"/>
+    <w:rsid w:val="00176BE6"/>
+    <w:rsid w:val="00195CBD"/>
+    <w:rsid w:val="001979DF"/>
+    <w:rsid w:val="001A755A"/>
+    <w:rsid w:val="001B5C6E"/>
+    <w:rsid w:val="001D0CDA"/>
+    <w:rsid w:val="001D6609"/>
+    <w:rsid w:val="00205936"/>
     <w:rsid w:val="00210DBF"/>
     <w:rsid w:val="002148F1"/>
+    <w:rsid w:val="002172D1"/>
+    <w:rsid w:val="00223E3B"/>
     <w:rsid w:val="00225FDC"/>
+    <w:rsid w:val="00232C3E"/>
+    <w:rsid w:val="00233218"/>
     <w:rsid w:val="0026655A"/>
+    <w:rsid w:val="002871D2"/>
     <w:rsid w:val="002A0823"/>
     <w:rsid w:val="002A5EDE"/>
+    <w:rsid w:val="002B0476"/>
+    <w:rsid w:val="002D3151"/>
+    <w:rsid w:val="002D6896"/>
+    <w:rsid w:val="002E2AEE"/>
+    <w:rsid w:val="002E496C"/>
+    <w:rsid w:val="00315A24"/>
+    <w:rsid w:val="00331C01"/>
+    <w:rsid w:val="00340C61"/>
+    <w:rsid w:val="0035016C"/>
     <w:rsid w:val="00361708"/>
+    <w:rsid w:val="00363534"/>
+    <w:rsid w:val="003704E4"/>
+    <w:rsid w:val="00383CAE"/>
+    <w:rsid w:val="00387C12"/>
     <w:rsid w:val="003B5FEC"/>
+    <w:rsid w:val="003C518C"/>
+    <w:rsid w:val="003D691B"/>
+    <w:rsid w:val="00407196"/>
+    <w:rsid w:val="004133D5"/>
+    <w:rsid w:val="00413793"/>
+    <w:rsid w:val="0045199E"/>
+    <w:rsid w:val="0045632F"/>
+    <w:rsid w:val="004813B3"/>
+    <w:rsid w:val="004A651B"/>
+    <w:rsid w:val="004B5AF8"/>
+    <w:rsid w:val="004C3FDD"/>
+    <w:rsid w:val="004C523A"/>
+    <w:rsid w:val="004D6762"/>
     <w:rsid w:val="004E78B3"/>
     <w:rsid w:val="00501EF7"/>
     <w:rsid w:val="0053765A"/>
+    <w:rsid w:val="005544A6"/>
+    <w:rsid w:val="00565828"/>
     <w:rsid w:val="005A569C"/>
+    <w:rsid w:val="005C773A"/>
+    <w:rsid w:val="005D1BCB"/>
     <w:rsid w:val="005D77A6"/>
+    <w:rsid w:val="005E18C7"/>
+    <w:rsid w:val="00630886"/>
     <w:rsid w:val="00647F25"/>
+    <w:rsid w:val="00654C14"/>
+    <w:rsid w:val="006709A1"/>
     <w:rsid w:val="0067586D"/>
     <w:rsid w:val="00677863"/>
     <w:rsid w:val="00694648"/>
+    <w:rsid w:val="006B03B6"/>
+    <w:rsid w:val="006C5E6D"/>
+    <w:rsid w:val="006E3F49"/>
+    <w:rsid w:val="00706A4F"/>
+    <w:rsid w:val="007115D1"/>
+    <w:rsid w:val="0071490C"/>
+    <w:rsid w:val="00741273"/>
     <w:rsid w:val="00760B3A"/>
+    <w:rsid w:val="00764C84"/>
+    <w:rsid w:val="0078041A"/>
+    <w:rsid w:val="007827E1"/>
+    <w:rsid w:val="007A1CB4"/>
+    <w:rsid w:val="008006EE"/>
+    <w:rsid w:val="008043C1"/>
+    <w:rsid w:val="008101D6"/>
+    <w:rsid w:val="00824A0B"/>
     <w:rsid w:val="00843BF6"/>
     <w:rsid w:val="008643FE"/>
     <w:rsid w:val="0087358A"/>
     <w:rsid w:val="00882FBB"/>
+    <w:rsid w:val="00892435"/>
+    <w:rsid w:val="008971AC"/>
+    <w:rsid w:val="008A5C93"/>
+    <w:rsid w:val="008F3914"/>
+    <w:rsid w:val="00905C59"/>
     <w:rsid w:val="00917FF8"/>
+    <w:rsid w:val="0092170A"/>
+    <w:rsid w:val="009500C5"/>
+    <w:rsid w:val="0097051D"/>
+    <w:rsid w:val="00977865"/>
+    <w:rsid w:val="009852A2"/>
+    <w:rsid w:val="0099204A"/>
+    <w:rsid w:val="009A5E40"/>
+    <w:rsid w:val="009E5606"/>
     <w:rsid w:val="009F6C64"/>
     <w:rsid w:val="00A04DF1"/>
     <w:rsid w:val="00A13587"/>
+    <w:rsid w:val="00A50285"/>
+    <w:rsid w:val="00A7459F"/>
     <w:rsid w:val="00A84B73"/>
     <w:rsid w:val="00AA02CA"/>
     <w:rsid w:val="00AA2DB3"/>
     <w:rsid w:val="00AF109D"/>
     <w:rsid w:val="00AF1AAB"/>
+    <w:rsid w:val="00AF7399"/>
     <w:rsid w:val="00B1305D"/>
+    <w:rsid w:val="00B3780C"/>
     <w:rsid w:val="00B37872"/>
+    <w:rsid w:val="00B42BE3"/>
+    <w:rsid w:val="00B536CD"/>
     <w:rsid w:val="00B75399"/>
+    <w:rsid w:val="00B80DB6"/>
+    <w:rsid w:val="00B908F9"/>
+    <w:rsid w:val="00B925BE"/>
+    <w:rsid w:val="00BC0B6C"/>
+    <w:rsid w:val="00BE4111"/>
+    <w:rsid w:val="00BF4C9B"/>
+    <w:rsid w:val="00C04ACA"/>
     <w:rsid w:val="00C065BE"/>
+    <w:rsid w:val="00C073A1"/>
+    <w:rsid w:val="00C10D0F"/>
+    <w:rsid w:val="00C35B52"/>
     <w:rsid w:val="00C61319"/>
+    <w:rsid w:val="00C71858"/>
+    <w:rsid w:val="00CA4441"/>
     <w:rsid w:val="00CB038C"/>
+    <w:rsid w:val="00CB5F2C"/>
+    <w:rsid w:val="00CC5C0C"/>
     <w:rsid w:val="00CE6660"/>
+    <w:rsid w:val="00CE6752"/>
+    <w:rsid w:val="00D20F9F"/>
     <w:rsid w:val="00D3637F"/>
+    <w:rsid w:val="00D50BB6"/>
+    <w:rsid w:val="00D532EE"/>
+    <w:rsid w:val="00D55B50"/>
+    <w:rsid w:val="00D74567"/>
+    <w:rsid w:val="00DA3E63"/>
+    <w:rsid w:val="00DA6FB3"/>
+    <w:rsid w:val="00DD0666"/>
+    <w:rsid w:val="00DF27AE"/>
     <w:rsid w:val="00E23156"/>
+    <w:rsid w:val="00E30B91"/>
+    <w:rsid w:val="00E45ECF"/>
     <w:rsid w:val="00E5524C"/>
+    <w:rsid w:val="00E646D3"/>
     <w:rsid w:val="00E824D5"/>
+    <w:rsid w:val="00EA6490"/>
+    <w:rsid w:val="00EB2870"/>
     <w:rsid w:val="00EC47D1"/>
+    <w:rsid w:val="00ED57A2"/>
+    <w:rsid w:val="00EE31E6"/>
     <w:rsid w:val="00EF4CB8"/>
+    <w:rsid w:val="00F50FA5"/>
+    <w:rsid w:val="00F51899"/>
+    <w:rsid w:val="00F57371"/>
+    <w:rsid w:val="00F873D4"/>
     <w:rsid w:val="00F97954"/>
     <w:rsid w:val="00FD161A"/>
+    <w:rsid w:val="00FE5432"/>
+    <w:rsid w:val="00FF17AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C9F57FD"/>
-  <w15:docId w15:val="{FBF0A7F2-642D-4BAA-B99D-6CBFDFB5D1B6}"/>
+  <w15:docId w15:val="{406EFFFE-6939-431C-8B65-D31C6F2232CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8047,319 +9849,463 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00003DAA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00003DAA"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0012727F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012727F"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012727F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0012727F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012727F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0012727F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B5C6E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable1Light">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00BF4C9B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="816074565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsteps.org/sites/default/files/irb_letter.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:legal@aphl.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jelili.ojodu@aphl.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphl.org\rfp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsteps.org/data-resources/quality-indicators" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsteps.org/data-resources/quality-indicators" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsteps.org/media/9/download?inline=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.newsteps.org/media/9/download?inline=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aphl.org\rfp" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sarah.mckasson\OneDrive%20-%20The%20Association%20of%20Public%20Health%20Laboratories,%20Inc\Desktop\NewSTEPs%20Data%20Repository%20MOU%20(APHL%20Template%20-%20Mar%202023).dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\troy.willitt\OneDrive%20-%20ASSOCIATION%20OF%20PUBLIC%20HEALTH%20LABORATORIES\Custom%20Office%20Templates\NewSTEPs%20Data%20Repository%20MOU%20(APHL%20Template%20-%20Mar%202023).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F308827BBA414EA195DD783471E4E74C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FE783911-61F3-42F9-AAF3-8696430E1050}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00DD609C">
+        <w:p w:rsidR="00653F6B" w:rsidRDefault="00653F6B">
           <w:pPr>
             <w:pStyle w:val="F308827BBA414EA195DD783471E4E74C"/>
           </w:pPr>
           <w:r w:rsidRPr="00700A77">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B65DD35D-4BDE-4275-9E73-52C9E56848ED}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00DD609C">
+        <w:p w:rsidR="00653F6B" w:rsidRDefault="00653F6B">
           <w:pPr>
             <w:pStyle w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
           </w:pPr>
           <w:r w:rsidRPr="00700A77">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
-          </w:r>
-[...27 lines deleted...]
-            <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="963911C510D44E44A07BB8E85513104F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4C0CE9B9-9401-457D-BA40-C1DFC7A8AE54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00DD609C">
+        <w:p w:rsidR="00653F6B" w:rsidRDefault="00653F6B">
           <w:pPr>
             <w:pStyle w:val="963911C510D44E44A07BB8E85513104F"/>
           </w:pPr>
           <w:r w:rsidRPr="00700A77">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00653F6B"/>
+    <w:rsid w:val="00033818"/>
+    <w:rsid w:val="000B26BF"/>
+    <w:rsid w:val="001D6609"/>
+    <w:rsid w:val="00267EA8"/>
+    <w:rsid w:val="002D6896"/>
+    <w:rsid w:val="00315A24"/>
+    <w:rsid w:val="00653F6B"/>
+    <w:rsid w:val="006709A1"/>
+    <w:rsid w:val="006E3F49"/>
+    <w:rsid w:val="00863FFC"/>
+    <w:rsid w:val="00912857"/>
+    <w:rsid w:val="0092170A"/>
+    <w:rsid w:val="00B80DB6"/>
+    <w:rsid w:val="00C3085B"/>
+    <w:rsid w:val="00C95682"/>
+    <w:rsid w:val="00E30B91"/>
+  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8755,61 +10701,58 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F308827BBA414EA195DD783471E4E74C">
     <w:name w:val="F308827BBA414EA195DD783471E4E74C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E30AB7DD8E804E76815ACE1E53D3F810">
     <w:name w:val="E30AB7DD8E804E76815ACE1E53D3F810"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3A71C4A48F64A64950FE0698EDB9B0D">
-[...1 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="963911C510D44E44A07BB8E85513104F">
     <w:name w:val="963911C510D44E44A07BB8E85513104F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 2">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="008080"/>
       </a:accent1>
       <a:accent2>
@@ -9078,104 +11021,95 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...7 lines deleted...]
-<?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100520F7161E4D7CE4396CCCA279D57FFF4" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ff70c26a19af12632628931f09359a45">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5af08be3-da31-4ed0-bd15-c2f68cc29029" xmlns:ns3="c27c7570-aa95-4432-9bbd-26d930cf8776" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7846e1f8f8cd41ce41ebe143f8eca644" ns2:_="" ns3:_="">
     <xsd:import namespace="5af08be3-da31-4ed0-bd15-c2f68cc29029"/>
     <xsd:import namespace="c27c7570-aa95-4432-9bbd-26d930cf8776"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Description" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:ProgramArea" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5af08be3-da31-4ed0-bd15-c2f68cc29029" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9308,163 +11242,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Description xmlns="5af08be3-da31-4ed0-bd15-c2f68cc29029" xsi:nil="true"/>
     <_dlc_DocId xmlns="5af08be3-da31-4ed0-bd15-c2f68cc29029">Q77AU6S3KYZS-255284959-24</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="5af08be3-da31-4ed0-bd15-c2f68cc29029">
       <Url>https://www.aphlweb.org/aphl_departments/Operations/legal/_layouts/15/DocIdRedir.aspx?ID=Q77AU6S3KYZS-255284959-24</Url>
       <Description>Q77AU6S3KYZS-255284959-24</Description>
     </_dlc_DocIdUrl>
     <ProgramArea xmlns="c27c7570-aa95-4432-9bbd-26d930cf8776">Newborn Screening &amp; Genetics</ProgramArea>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E5AC885-2352-4967-A43C-393E0673D314}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E4FF9F8-3A0D-4CDC-8EEA-8C166F3BCA6E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{575B44DC-24F9-48B1-AEE6-F59A17B69AF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5af08be3-da31-4ed0-bd15-c2f68cc29029"/>
     <ds:schemaRef ds:uri="c27c7570-aa95-4432-9bbd-26d930cf8776"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E5AC885-2352-4967-A43C-393E0673D314}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{419AF45D-13DF-4731-935F-AB21E18E0B34}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="c27c7570-aa95-4432-9bbd-26d930cf8776"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="5af08be3-da31-4ed0-bd15-c2f68cc29029"/>
+    <ds:schemaRef ds:uri="c27c7570-aa95-4432-9bbd-26d930cf8776"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86445B09-E0AB-48A5-BA6D-BAFC1E398EE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NewSTEPs Data Repository MOU (APHL Template - Mar 2023)</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>18865</Characters>
+  <Pages>11</Pages>
+  <Words>2918</Words>
+  <Characters>17337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>157</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>NewSTEPs MOU Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Association Of Public Health Laboratories</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22130</CharactersWithSpaces>
+  <CharactersWithSpaces>20088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NewSTEPs MOU Template</dc:title>
-  <dc:creator>McKasson, Sarah</dc:creator>
+  <dc:subject/>
+  <dc:creator>Willitt, Troy | APHL</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100520F7161E4D7CE4396CCCA279D57FFF4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>499ffea8-e961-401c-9737-7685ff1c3d1c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="vti_description">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="GrammarlyDocumentId">
+    <vt:lpwstr>d2c4a9ec-7f44-4802-ae5c-489d43e1810f</vt:lpwstr>
+  </property>
 </Properties>
 </file>